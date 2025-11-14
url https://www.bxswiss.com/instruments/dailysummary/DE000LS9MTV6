--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c146a63d3642e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f962455b4914ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066b8afd41f44f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720be605eae74016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80af85ad9da4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066b8afd41f44f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52899b91c40649f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720be605eae74016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends, Nebenwerte &amp; Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>51,052</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,974</x:t>
-[...625 lines deleted...]
-          <x:t>52,784</x:t>
+          <x:t>52,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>