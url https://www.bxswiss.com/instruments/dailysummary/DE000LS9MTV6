--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f962455b4914ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed79c6c8ae3416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720be605eae74016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc77c3a6ec9c46bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52899b91c40649f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720be605eae74016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75ce2d8bae24421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc77c3a6ec9c46bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends, Nebenwerte &amp; Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>51,320</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,948</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>