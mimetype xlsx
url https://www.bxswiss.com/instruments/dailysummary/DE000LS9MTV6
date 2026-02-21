--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed79c6c8ae3416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa247657cb4b4547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc77c3a6ec9c46bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73647edd1ae24c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75ce2d8bae24421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc77c3a6ec9c46bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d848ec0b05f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73647edd1ae24c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends, Nebenwerte &amp; Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>51,184</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>