--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa247657cb4b4547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c412558ea164054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73647edd1ae24c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f5b87bfd074e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d848ec0b05f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73647edd1ae24c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61fadec97bb84685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f5b87bfd074e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends, Nebenwerte &amp; Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>