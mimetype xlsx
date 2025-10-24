--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c84cc4167bd43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b1721537fd452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9dce2148684b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d609088fdbf4095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556e4e7fa4b945c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9dce2148684b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86c23595e944d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d609088fdbf4095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>