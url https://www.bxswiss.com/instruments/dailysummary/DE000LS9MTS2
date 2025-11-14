--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b1721537fd452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d7891199a54471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d609088fdbf4095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487c1fb2b2764071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86c23595e944d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d609088fdbf4095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9902e607441a412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487c1fb2b2764071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>