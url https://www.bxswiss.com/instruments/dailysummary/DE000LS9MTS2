--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d7891199a54471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1631335ab9424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487c1fb2b2764071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739838059fa044d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9902e607441a412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487c1fb2b2764071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc17b5f88b44774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739838059fa044d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,381</x:t>
-[...171 lines deleted...]
-          <x:t>176,743</x:t>
+          <x:t>183,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>