--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1631335ab9424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9a9cfb5c634250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739838059fa044d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148583be187c4ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc17b5f88b44774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739838059fa044d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3da1402be74937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148583be187c4ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>