--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9a9cfb5c634250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4852ee0bf2394276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148583be187c4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5b452b6d1c43f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3da1402be74937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148583be187c4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe14b7b7b97f4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5b452b6d1c43f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,840</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>