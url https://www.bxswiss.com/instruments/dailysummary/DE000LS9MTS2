--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4852ee0bf2394276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f582baafa1b49d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5b452b6d1c43f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e7636c2b8154b85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe14b7b7b97f4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5b452b6d1c43f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b264c9f79cf44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e7636c2b8154b85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>