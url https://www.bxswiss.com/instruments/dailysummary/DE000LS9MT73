--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re417a5954c2048a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1b2aa036e943b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56bc200add9f4457"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdae220bdd354c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1f48f6f87540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56bc200add9f4457" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c50935b3f24eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdae220bdd354c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prügelknaben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>66,809</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,657</x:t>
-[...80 lines deleted...]
-          <x:t>66,758</x:t>
+          <x:t>66,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,912</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>66,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,783</x:t>
-[...107 lines deleted...]
-          <x:t>66,613</x:t>
+          <x:t>66,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>66,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>