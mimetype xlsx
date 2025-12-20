--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1b2aa036e943b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912c0a7a651c48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdae220bdd354c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0e6016aa7f48ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c50935b3f24eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdae220bdd354c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1f592321ca4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0e6016aa7f48ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prügelknaben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,864</x:t>
-[...4 lines deleted...]
-          <x:t>66,664</x:t>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>66,893</x:t>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,745</x:t>
-[...156 lines deleted...]
-          <x:t>66,476</x:t>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,548</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>66,092</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>