--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912c0a7a651c48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349743ddc56a41ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0e6016aa7f48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R677de9dedb6b434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1f592321ca4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0e6016aa7f48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R027d9925870e4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R677de9dedb6b434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prügelknaben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>66,435</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,327</x:t>
-[...566 lines deleted...]
-          <x:t>66,490</x:t>
+          <x:t>66,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>