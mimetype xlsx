--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349743ddc56a41ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2146f047382e4f2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R677de9dedb6b434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ead4b98dac4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R027d9925870e4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R677de9dedb6b434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ecda88281d4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ead4b98dac4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prügelknaben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>66,470</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>