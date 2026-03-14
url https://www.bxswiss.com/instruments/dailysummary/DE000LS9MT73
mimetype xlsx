--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2146f047382e4f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac83e71778244de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ead4b98dac4d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18e0128e19a94c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ecda88281d4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ead4b98dac4d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b00f8c7e5745be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18e0128e19a94c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prügelknaben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>