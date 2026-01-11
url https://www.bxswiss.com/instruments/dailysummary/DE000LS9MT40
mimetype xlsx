--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1761ff3c42054f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ca086c83904721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e64ac0b8144033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93a1ac785a7e4189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0270af2587494d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e64ac0b8144033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3c0a47bf904a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93a1ac785a7e4189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsches KGV Wunder</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>118,340</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>