--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ca086c83904721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca0c11482a4ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93a1ac785a7e4189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553ee087b9604b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3c0a47bf904a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93a1ac785a7e4189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra323f63700744737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553ee087b9604b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsches KGV Wunder</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>119,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,572</x:t>
-[...65 lines deleted...]
-          <x:t>121,439</x:t>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>123,534</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>