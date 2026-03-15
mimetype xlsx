--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca0c11482a4ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c201d31c8c41f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553ee087b9604b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbedaac367c54203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra323f63700744737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553ee087b9604b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a77653f77344ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbedaac367c54203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsches KGV Wunder</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>121,757</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>123,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>