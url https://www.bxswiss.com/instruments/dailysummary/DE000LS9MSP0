--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c38ddb91ca46be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b910ba2b8544c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93f02249554467c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra76cace2032d4d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa90f38f33a44e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93f02249554467c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd71462578804a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra76cace2032d4d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Media Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>