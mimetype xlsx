--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b910ba2b8544c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e80be0a0254fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra76cace2032d4d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5a9499a5ae64b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd71462578804a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra76cace2032d4d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da2a57d3f0b4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5a9499a5ae64b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Media Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,087</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>