--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e80be0a0254fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ce552087fd447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5a9499a5ae64b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82301b4a1d0f4621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da2a57d3f0b4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5a9499a5ae64b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ce78fb30e64960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82301b4a1d0f4621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Media Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>161,312</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>