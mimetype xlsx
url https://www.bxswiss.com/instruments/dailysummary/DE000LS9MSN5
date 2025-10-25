--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d60bf0fcacb4c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe973bab23f04457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7b922b685243d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae0653c45b84aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6651fd6f7be4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7b922b685243d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda06738bdcdd4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae0653c45b84aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,034</x:t>
-[...340 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,198</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>144,186</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>