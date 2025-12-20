--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe973bab23f04457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e807f8def24c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae0653c45b84aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3258af56ea4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda06738bdcdd4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae0653c45b84aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e234fca39f54862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3258af56ea4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,809</x:t>
-[...198 lines deleted...]
-          <x:t>139,414</x:t>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>