--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e807f8def24c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a4c21471554baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3258af56ea4fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b06da42bd84180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e234fca39f54862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3258af56ea4fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92bf527401794ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b06da42bd84180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>