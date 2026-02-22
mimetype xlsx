--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a4c21471554baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b6a79da5a2943f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b06da42bd84180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d711e5b00a4bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92bf527401794ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b06da42bd84180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85bcf07f4b54a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d711e5b00a4bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>138,851</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,103</x:t>
-[...328 lines deleted...]
-          <x:t>144,007</x:t>
+          <x:t>140,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>