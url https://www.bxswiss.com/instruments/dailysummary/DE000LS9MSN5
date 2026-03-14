--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b6a79da5a2943f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e1ce98a86441d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d711e5b00a4bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e1ff3bf36043c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85bcf07f4b54a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d711e5b00a4bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40aed3c7cac40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e1ff3bf36043c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>