--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81d30b6b3274672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254771b96b0845cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf665f352929849b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d7c0f92a3e4a9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d46ea93db3469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf665f352929849b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664bc1c8ee624414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d7c0f92a3e4a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>86,885</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,083</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>86,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>