--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254771b96b0845cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07e7c8619524f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d7c0f92a3e4a9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef9ea567c6a4964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664bc1c8ee624414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d7c0f92a3e4a9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c61b9806734828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef9ea567c6a4964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>88,826</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,882</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>88,456</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>84,722</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>