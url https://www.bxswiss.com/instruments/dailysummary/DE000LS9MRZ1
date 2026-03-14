--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07e7c8619524f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83e56bdb4774812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef9ea567c6a4964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3d1524aae26462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c61b9806734828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef9ea567c6a4964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c2d728ad644c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3d1524aae26462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>