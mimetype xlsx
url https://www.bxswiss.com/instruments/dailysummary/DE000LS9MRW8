--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b14cfcd461b4355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1016b671b6b44c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67f8b1cc584f4066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832f43472f7a4006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c3a8a661444743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67f8b1cc584f4066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3725e6c766a34198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832f43472f7a4006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte by TG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,102</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>