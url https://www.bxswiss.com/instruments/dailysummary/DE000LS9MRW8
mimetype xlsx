--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1016b671b6b44c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4c8430b5b241d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832f43472f7a4006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bd38feae824b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3725e6c766a34198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832f43472f7a4006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb1e6777e4241d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bd38feae824b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte by TG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,200</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>