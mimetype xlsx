--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4c8430b5b241d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b45ebf45d27499f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bd38feae824b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057ef551f3b941c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb1e6777e4241d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bd38feae824b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59587d46ce04416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057ef551f3b941c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte by TG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>