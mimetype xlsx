--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b1a981e3dd4f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45d6ccf790b4e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7113d3c8c746de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce25780b38244ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb48adee1567c4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7113d3c8c746de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230ed679a0a04b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce25780b38244ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>120,310</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,449</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>125,522</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>