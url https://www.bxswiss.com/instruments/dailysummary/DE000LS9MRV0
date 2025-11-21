--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45d6ccf790b4e1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e18545570e44ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce25780b38244ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d33e3895c94feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230ed679a0a04b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce25780b38244ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff21401ac7a249ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d33e3895c94feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>