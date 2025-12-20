--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e18545570e44ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636808a5d91a4d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d33e3895c94feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e0974bd1cf40e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff21401ac7a249ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d33e3895c94feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0aeee0240747bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e0974bd1cf40e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>