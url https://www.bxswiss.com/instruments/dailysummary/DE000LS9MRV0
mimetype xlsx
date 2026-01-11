--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636808a5d91a4d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re592ca4eda364f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e0974bd1cf40e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885cab8208d541eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0aeee0240747bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e0974bd1cf40e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc560e9a42d5f4966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885cab8208d541eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>