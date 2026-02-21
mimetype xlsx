--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re592ca4eda364f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73dc2c322bf44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885cab8208d541eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bee3c427b7446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc560e9a42d5f4966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885cab8208d541eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64c53ca910f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bee3c427b7446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,297</x:t>
-[...139 lines deleted...]
-          <x:t>123,831</x:t>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>125,302</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>