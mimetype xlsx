--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73dc2c322bf44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ffafcac9764807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bee3c427b7446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ea0e811f89484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64c53ca910f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bee3c427b7446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566e2bb2ec984f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ea0e811f89484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>