--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a574f3958ed4395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b5a23906254527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re299d75e35324f6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b8096078d344ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7150cc26ba4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re299d75e35324f6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984ee71116ce43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b8096078d344ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>