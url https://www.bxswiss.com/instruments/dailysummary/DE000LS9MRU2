--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b5a23906254527" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ce1f008fee478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b8096078d344ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94aaae5bcd64c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984ee71116ce43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b8096078d344ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1dd197df4647f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94aaae5bcd64c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>