--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ce1f008fee478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e18ae5f44446c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94aaae5bcd64c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d19085f567a4c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1dd197df4647f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94aaae5bcd64c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e49b78f70ff41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d19085f567a4c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>272,816</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>