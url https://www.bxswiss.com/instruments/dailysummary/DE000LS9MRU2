--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e18ae5f44446c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c95f7eaa85d430c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d19085f567a4c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3d59addc1034e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e49b78f70ff41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d19085f567a4c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5267ae78e90b4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3d59addc1034e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>