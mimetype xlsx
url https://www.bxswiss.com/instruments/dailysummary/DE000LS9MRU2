--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c95f7eaa85d430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e5fc0ad7c54dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3d59addc1034e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e66e232e8c24761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5267ae78e90b4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3d59addc1034e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2859c38b6ab4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e66e232e8c24761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>314,716</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>