--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e5fc0ad7c54dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d69785f15d4117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e66e232e8c24761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d54c01240f4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2859c38b6ab4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e66e232e8c24761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5a7d17feee4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d54c01240f4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>316,508</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,384</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,645</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>