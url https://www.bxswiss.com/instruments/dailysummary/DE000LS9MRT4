--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acc95adc2ad4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad823d936024767" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d17e1b5ce874c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42470f4d8fc64ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6f2285b34a4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d17e1b5ce874c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9439fd0a24455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42470f4d8fc64ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>123,653</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>129,462</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>