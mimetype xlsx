--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad823d936024767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb29a53b62ba45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42470f4d8fc64ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd840a03a175143fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9439fd0a24455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42470f4d8fc64ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e073ddc83d4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd840a03a175143fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>125,054</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>