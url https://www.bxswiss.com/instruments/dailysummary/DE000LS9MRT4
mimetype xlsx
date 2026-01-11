--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb29a53b62ba45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0d494bbeeb45dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd840a03a175143fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32c3179fdf54c47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e073ddc83d4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd840a03a175143fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1418b4643234018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32c3179fdf54c47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>125,831</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,302</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,396</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,111</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>