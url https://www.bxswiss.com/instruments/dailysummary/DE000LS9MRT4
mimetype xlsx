--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0d494bbeeb45dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76170678d8b84b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32c3179fdf54c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de185f0aefd4172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1418b4643234018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32c3179fdf54c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfccf34d9ede4857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de185f0aefd4172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,322</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>