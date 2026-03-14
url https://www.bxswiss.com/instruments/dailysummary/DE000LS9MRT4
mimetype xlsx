--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76170678d8b84b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac3559dd0534702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de185f0aefd4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b50454618334ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfccf34d9ede4857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de185f0aefd4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a05801c07ba4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b50454618334ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,970</x:t>
-[...161 lines deleted...]
-          <x:t>118,137</x:t>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,591</x:t>
-[...134 lines deleted...]
-          <x:t>118,711</x:t>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>