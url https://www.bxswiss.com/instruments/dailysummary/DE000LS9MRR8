--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9027ab3bc4c14469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cfb753688f408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21cd3a8df6934cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26dc709acf5349db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad304a414c6448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21cd3a8df6934cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb664cb7abfa14b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26dc709acf5349db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WachTraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,027</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>100,373</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>