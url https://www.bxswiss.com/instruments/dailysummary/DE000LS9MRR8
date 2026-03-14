--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cfb753688f408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e49525882c4818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26dc709acf5349db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a8f1bf8f9d485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb664cb7abfa14b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26dc709acf5349db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f275ac8101843bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a8f1bf8f9d485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WachTraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,191</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>