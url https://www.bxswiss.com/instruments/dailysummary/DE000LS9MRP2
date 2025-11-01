--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d891189980c41fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8f1f11508d4237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3372140cf654d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3574328c02834796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6052a7b9d1724cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3372140cf654d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f463f53f5544109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3574328c02834796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Main Focus Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>