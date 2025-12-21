--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8f1f11508d4237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732fcda02e19455e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3574328c02834796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re14fffbfa6b94828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f463f53f5544109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3574328c02834796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3bad3842bd4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re14fffbfa6b94828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Main Focus Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>277,654</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>