--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732fcda02e19455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca5b9f0df724d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re14fffbfa6b94828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6c4168dd834be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3bad3842bd4e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re14fffbfa6b94828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d3fdd0d4c42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6c4168dd834be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Main Focus Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>