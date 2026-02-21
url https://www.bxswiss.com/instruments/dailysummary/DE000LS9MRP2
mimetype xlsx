--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca5b9f0df724d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8305c77fb47b4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6c4168dd834be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e76afdeb064c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d3fdd0d4c42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6c4168dd834be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf350381480d54b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e76afdeb064c19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Main Focus Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>269,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>