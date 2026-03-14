--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8305c77fb47b4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8312a1e0dd3d4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e76afdeb064c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a2fffb175bd4aa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf350381480d54b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e76afdeb064c19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb4d2e417c04db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a2fffb175bd4aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Main Focus Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>