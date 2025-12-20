--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5b5498ed5747c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115390c784a54bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38014e006784036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df95cae76f84968"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ee82707ef94df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38014e006784036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc733aae678d843cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df95cae76f84968" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,346 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...313 lines deleted...]
-          <x:t>260,555</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>