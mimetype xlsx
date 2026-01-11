--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115390c784a54bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7fefecdfbd4a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df95cae76f84968"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46018b73af2b4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc733aae678d843cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df95cae76f84968" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628a92dacf2041b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46018b73af2b4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>