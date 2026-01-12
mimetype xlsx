--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7fefecdfbd4a07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f49bc0200a4c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46018b73af2b4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583f751c68824b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628a92dacf2041b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46018b73af2b4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184ad2da2dda4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583f751c68824b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>