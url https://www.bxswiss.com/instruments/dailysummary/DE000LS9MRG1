--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f49bc0200a4c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb587703fda54e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583f751c68824b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86d1913c4964f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184ad2da2dda4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583f751c68824b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce453b8cff0845f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86d1913c4964f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>258,675</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>258,642</x:t>
-[...139 lines deleted...]
-          <x:t>260,584</x:t>
+          <x:t>259,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>