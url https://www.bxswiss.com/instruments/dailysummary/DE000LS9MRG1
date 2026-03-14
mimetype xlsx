--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb587703fda54e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3a8c9bfd584c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86d1913c4964f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e01ba063aa4474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce453b8cff0845f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86d1913c4964f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b483343a9714a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e01ba063aa4474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>