--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d0bc38f81e4901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d92f245b43b48a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d549093b6d4491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc91c78e28c044785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re997dd381cdc4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d549093b6d4491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e98f904b254076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc91c78e28c044785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,668</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>118,418</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,998</x:t>
-[...188 lines deleted...]
-          <x:t>118,496</x:t>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>119,989</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>