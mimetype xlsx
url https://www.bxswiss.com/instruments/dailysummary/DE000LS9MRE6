--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d92f245b43b48a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c46b74bccd481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc91c78e28c044785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e33803e4e394569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e98f904b254076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc91c78e28c044785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8389c95139ce4f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e33803e4e394569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,491</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>117,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>