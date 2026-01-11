--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c46b74bccd481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re314e66836e449f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e33803e4e394569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c94a5f49364bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8389c95139ce4f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e33803e4e394569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f5db6f716554c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c94a5f49364bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>