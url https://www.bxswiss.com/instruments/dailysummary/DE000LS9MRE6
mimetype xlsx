--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re314e66836e449f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab945f0648284b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c94a5f49364bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd328dea9acb24c85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f5db6f716554c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c94a5f49364bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95aa35c964824796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd328dea9acb24c85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>120,503</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,058</x:t>
-[...16 lines deleted...]
-          <x:t>120,283</x:t>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,014</x:t>
-[...269 lines deleted...]
-          <x:t>122,105</x:t>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>