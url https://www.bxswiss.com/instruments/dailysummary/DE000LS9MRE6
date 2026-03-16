--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab945f0648284b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141c530c3cb04ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd328dea9acb24c85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05e5cbd8b624cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95aa35c964824796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd328dea9acb24c85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raacc1ead5fea40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05e5cbd8b624cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>