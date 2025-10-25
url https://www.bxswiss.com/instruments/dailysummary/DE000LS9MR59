--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74fe530dbc04ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff78ecf4afa248ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404384af7cf74d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126612d5e82e4c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288cb43771d147e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404384af7cf74d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf145ae85dd34494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126612d5e82e4c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>