--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff78ecf4afa248ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1f03917603412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126612d5e82e4c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f583282a084f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf145ae85dd34494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126612d5e82e4c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R303554595dc84e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f583282a084f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>