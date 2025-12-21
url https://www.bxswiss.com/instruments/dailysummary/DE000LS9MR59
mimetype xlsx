--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1f03917603412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc429c6648054e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f583282a084f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R439b17ac74694946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R303554595dc84e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f583282a084f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fda85cc0f44d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R439b17ac74694946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>252,626</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>