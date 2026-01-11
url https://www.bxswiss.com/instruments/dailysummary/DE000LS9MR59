--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc429c6648054e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa311ca25b74fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R439b17ac74694946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766b91bc4c1447ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fda85cc0f44d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R439b17ac74694946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583f24e7e2c64795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766b91bc4c1447ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>