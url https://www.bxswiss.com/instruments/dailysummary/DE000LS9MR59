--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa311ca25b74fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b73b163c59340b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766b91bc4c1447ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb1404b1ef9416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583f24e7e2c64795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766b91bc4c1447ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec2818984464b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb1404b1ef9416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>236,260</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>233,342</x:t>
-[...328 lines deleted...]
-          <x:t>248,463</x:t>
+          <x:t>238,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>