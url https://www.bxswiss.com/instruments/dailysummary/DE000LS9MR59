--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b73b163c59340b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbde5c01e86334912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb1404b1ef9416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra49fefd18ea542ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec2818984464b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb1404b1ef9416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re479d809cd1643d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra49fefd18ea542ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>