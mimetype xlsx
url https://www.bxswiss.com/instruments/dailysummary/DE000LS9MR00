--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f52a73f5524792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62374ce3b62947fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14359fa82c274569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a55ec51aaa4527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142fbf024f984c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14359fa82c274569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a6368134a94630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a55ec51aaa4527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>