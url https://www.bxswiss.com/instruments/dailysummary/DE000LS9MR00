--- v1 (2025-10-30)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62374ce3b62947fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13cb737218424bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a55ec51aaa4527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdaa9baa2294730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a6368134a94630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a55ec51aaa4527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02b9eb91fac4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdaa9baa2294730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>280,388</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>