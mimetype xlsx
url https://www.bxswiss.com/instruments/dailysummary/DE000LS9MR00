--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13cb737218424bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra712140f92f74cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdaa9baa2294730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R801a50d3adda4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02b9eb91fac4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdaa9baa2294730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c08a329bb8749ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R801a50d3adda4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>271,265</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>