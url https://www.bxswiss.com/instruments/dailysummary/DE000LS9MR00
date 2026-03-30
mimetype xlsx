--- v3 (2026-02-21)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra712140f92f74cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7343fa48a6874083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R801a50d3adda4c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62277dd412141da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c08a329bb8749ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R801a50d3adda4c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe722935b7da4ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62277dd412141da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>262,155</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,231</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>257,019</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>