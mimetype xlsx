--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b08186432e4e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4364fab9b9544162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re602bdf124f64bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29bcd36934fa4439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cab16500b5e4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re602bdf124f64bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re109bd0419674192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29bcd36934fa4439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>