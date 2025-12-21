--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4364fab9b9544162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd300281f4b74410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29bcd36934fa4439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cad8313ba0f4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re109bd0419674192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29bcd36934fa4439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c9b7c89a884546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cad8313ba0f4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>