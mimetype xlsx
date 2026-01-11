--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd300281f4b74410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54353881a7c44cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cad8313ba0f4e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb879a87ace9c4fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c9b7c89a884546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cad8313ba0f4e79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c342456b7454072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb879a87ace9c4fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>