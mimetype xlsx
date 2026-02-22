--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54353881a7c44cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad961a4ca5b64534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb879a87ace9c4fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe68e4900af444e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c342456b7454072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb879a87ace9c4fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e294c1486d4b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe68e4900af444e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>172,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>