--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad961a4ca5b64534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfb0ecfedf7d4e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe68e4900af444e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6250a8318b9a46b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e294c1486d4b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe68e4900af444e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22420fbddee3428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6250a8318b9a46b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>