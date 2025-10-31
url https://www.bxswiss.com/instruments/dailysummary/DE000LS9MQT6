--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034930aa9e254a50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f203dc9e39e4995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14808e772ff54701"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc115a30e1284fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8257bb045fb94925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14808e772ff54701" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ad3e38bffd48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc115a30e1284fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,159</x:t>
-[...495 lines deleted...]
-          <x:t>2,228</x:t>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>