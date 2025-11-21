--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f203dc9e39e4995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fec3bf0fdd4227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc115a30e1284fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a4ca79207b4879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ad3e38bffd48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc115a30e1284fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a887083211e45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a4ca79207b4879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,225 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,205</x:t>
-[...274 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,153</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>