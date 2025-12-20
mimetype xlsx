--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fec3bf0fdd4227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140aa127c8554c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a4ca79207b4879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc2923d03494d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a887083211e45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a4ca79207b4879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b145612ae4d4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc2923d03494d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,989</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>1,937</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,908</x:t>
-[...139 lines deleted...]
-          <x:t>1,788</x:t>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>