--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140aa127c8554c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08c527ae2ab4340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc2923d03494d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc60e17280c4708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b145612ae4d4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc2923d03494d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c4cde31af94811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc60e17280c4708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,907</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,882</x:t>
-[...276 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,956</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,976</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>1,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>