--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08c527ae2ab4340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda70616e6df74d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc60e17280c4708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26728b998f00421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c4cde31af94811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc60e17280c4708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R223249b1c5b04cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26728b998f00421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>