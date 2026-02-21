--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda70616e6df74d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765f48edb832431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26728b998f00421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd67c3119fd4def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R223249b1c5b04cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26728b998f00421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493d35b6797146d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd67c3119fd4def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1,976</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>