--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765f48edb832431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906998d2bd9340a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd67c3119fd4def"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6811b695ce1f47b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493d35b6797146d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd67c3119fd4def" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841c92cf06324c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6811b695ce1f47b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CapeFX.DAX-WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,798</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,789</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,711</x:t>
-[...522 lines deleted...]
-          <x:t>1,828</x:t>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>