--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b9158a66f44c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd6cd3d8a3f4236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1726b4002c748c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1bbde01a8074602"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a5ee6ca60b4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1726b4002c748c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb18203908894b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1bbde01a8074602" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,294</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>