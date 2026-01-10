--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd6cd3d8a3f4236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8e7f37ad514bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1bbde01a8074602"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9d7a59a7074c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb18203908894b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1bbde01a8074602" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445e1dbb71224b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9d7a59a7074c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>