--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8e7f37ad514bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed5361a3bba400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9d7a59a7074c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb9cbc4c6d6407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445e1dbb71224b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9d7a59a7074c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281a9e04d02d41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb9cbc4c6d6407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>153,690</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>