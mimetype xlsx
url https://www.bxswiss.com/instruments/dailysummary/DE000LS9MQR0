--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed5361a3bba400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd487a993ca4b458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb9cbc4c6d6407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4618eb6a2d4c4c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281a9e04d02d41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb9cbc4c6d6407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68550ea6fc334e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4618eb6a2d4c4c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>megara</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>157,278</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,728</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>