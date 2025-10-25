--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6aaea1321d4a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ff2a0b9fec49cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R406012600ce44648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9471f871d13442d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204cac91232f4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R406012600ce44648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc3b62cad844c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9471f871d13442d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>171,522</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,280</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>172,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,510</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>