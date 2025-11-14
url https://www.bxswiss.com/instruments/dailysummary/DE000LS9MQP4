--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ff2a0b9fec49cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab582e491f154a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9471f871d13442d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e40e3f9bb44128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc3b62cad844c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9471f871d13442d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db433007af64894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e40e3f9bb44128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>