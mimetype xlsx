--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab582e491f154a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2d6b52e5cb4436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e40e3f9bb44128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83afec7992594708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db433007af64894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e40e3f9bb44128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac6b6c20dc449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83afec7992594708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,211</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>