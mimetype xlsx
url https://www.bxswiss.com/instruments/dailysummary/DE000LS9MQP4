--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2d6b52e5cb4436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2aa7999303424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83afec7992594708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recba32e078124dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac6b6c20dc449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83afec7992594708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844e6540c5944943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recba32e078124dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>170,749</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,382</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>