--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2aa7999303424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd149305c99344ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recba32e078124dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c51d63494e44c85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844e6540c5944943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recba32e078124dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df903b8f0d44471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c51d63494e44c85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>172,827</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,382</x:t>
-[...355 lines deleted...]
-          <x:t>172,025</x:t>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>