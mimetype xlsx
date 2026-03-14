--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd149305c99344ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cb91e1cb654985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c51d63494e44c85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777c687bee404092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df903b8f0d44471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c51d63494e44c85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05568d33b8554bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777c687bee404092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich EN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>