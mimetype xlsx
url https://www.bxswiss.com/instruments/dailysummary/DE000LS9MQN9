--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ddfde2226c4611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad8455705264220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93565afc650347b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf73ee0518934f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf85064024f5641a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93565afc650347b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b806ad97e8425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf73ee0518934f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>