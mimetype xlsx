--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad8455705264220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd0ba0751014972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf73ee0518934f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6406f95d8aec42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b806ad97e8425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf73ee0518934f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfabc193f2a7e4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6406f95d8aec42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>56,695</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,113</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>55,493</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,838</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>55,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>