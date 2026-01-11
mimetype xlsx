--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd0ba0751014972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eac14fe2bd647bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6406f95d8aec42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bc8553b3464a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfabc193f2a7e4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6406f95d8aec42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bdeebfd24fe4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bc8553b3464a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>