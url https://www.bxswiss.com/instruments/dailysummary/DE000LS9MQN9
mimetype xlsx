--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eac14fe2bd647bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ed4a69bc6848bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bc8553b3464a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f452a698da64228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bdeebfd24fe4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bc8553b3464a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6cfdcad71ca4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f452a698da64228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Tornado</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>55,138</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>