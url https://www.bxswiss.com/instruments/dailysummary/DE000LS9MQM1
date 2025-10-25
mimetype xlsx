--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c499af5a8e4b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7621e259043439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7f33914a134f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741b903993544b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7dc015775f84e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7f33914a134f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e78c931b194202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741b903993544b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>39,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>39,094</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>39,643</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>