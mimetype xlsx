--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7621e259043439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9cd93ecdc034375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741b903993544b96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7cedda863c040c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e78c931b194202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741b903993544b96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3f8d86a85749dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7cedda863c040c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,177</x:t>
-[...387 lines deleted...]
-          <x:t>39,262</x:t>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>