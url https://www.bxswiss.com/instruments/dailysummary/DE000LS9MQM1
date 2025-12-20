--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9cd93ecdc034375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94299fcd84d40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7cedda863c040c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446aba8dd26d435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3f8d86a85749dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7cedda863c040c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c898be4286e4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446aba8dd26d435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,806</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>