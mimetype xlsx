--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94299fcd84d40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9c1650f73e42fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446aba8dd26d435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390b33a84c75436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c898be4286e4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446aba8dd26d435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re872972f0d9b48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390b33a84c75436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,753</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>41,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>