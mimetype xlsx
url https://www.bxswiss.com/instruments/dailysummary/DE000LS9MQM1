--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9c1650f73e42fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd182d533ca024077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390b33a84c75436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d34a4042de434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re872972f0d9b48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390b33a84c75436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1342f81f5fd4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d34a4042de434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>41,669</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,415</x:t>
-[...382 lines deleted...]
-          <x:t>40,627</x:t>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>