--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd182d533ca024077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190ea5276c034073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d34a4042de434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18776e22e8d8441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1342f81f5fd4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d34a4042de434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c02caccb05c417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18776e22e8d8441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>