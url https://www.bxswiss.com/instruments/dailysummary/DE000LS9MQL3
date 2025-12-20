--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a5878ec3d94c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd10b8a3f6724df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf400b923caa493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba8096b77d44f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dbcc0ac7ca242a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf400b923caa493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c44673de8764a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba8096b77d44f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy&amp;Hold US/EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,842</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>