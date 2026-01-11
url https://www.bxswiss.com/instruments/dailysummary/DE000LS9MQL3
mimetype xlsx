--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd10b8a3f6724df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935f6e9161c34c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba8096b77d44f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb386a314d74f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c44673de8764a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba8096b77d44f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref660471845c45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb386a314d74f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy&amp;Hold US/EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>154,351</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,008</x:t>
-[...161 lines deleted...]
-          <x:t>153,839</x:t>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>