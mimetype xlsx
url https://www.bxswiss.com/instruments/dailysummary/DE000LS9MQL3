--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935f6e9161c34c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c909c0cb944eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb386a314d74f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294694dc21044c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref660471845c45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb386a314d74f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d79569c8b204b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294694dc21044c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy&amp;Hold US/EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>152,875</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>156,224</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>