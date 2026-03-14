--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c909c0cb944eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R734b3fded43d4244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294694dc21044c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d490fd32e14d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d79569c8b204b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294694dc21044c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8428761bf6fb4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d490fd32e14d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy&amp;Hold US/EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,370</x:t>
-[...53 lines deleted...]
-          <x:t>153,067</x:t>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>152,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>