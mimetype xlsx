--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f6d0140b9c48b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170b073b24294502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ec9cb96d8d4cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086cf0a18e314704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9179fdd46f74123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ec9cb96d8d4cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R726b9e6f03114d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086cf0a18e314704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktivHandeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>177,226</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,757</x:t>
-[...247 lines deleted...]
-          <x:t>178,944</x:t>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>