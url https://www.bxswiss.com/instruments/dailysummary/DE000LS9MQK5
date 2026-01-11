--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170b073b24294502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c6471a6d1a9430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086cf0a18e314704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ef5388a77e4dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R726b9e6f03114d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086cf0a18e314704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e4b5a9535a4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ef5388a77e4dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktivHandeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>183,724</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,384</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>182,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,402</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>