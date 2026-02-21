--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c6471a6d1a9430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824a8679c415422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ef5388a77e4dd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525f5eec7bce4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e4b5a9535a4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ef5388a77e4dd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4c47ac30734ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525f5eec7bce4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktivHandeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>182,945</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>