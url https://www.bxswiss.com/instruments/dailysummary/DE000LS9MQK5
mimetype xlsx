--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824a8679c415422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1cfde9408f4dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525f5eec7bce4dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf688a03ee3e44d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4c47ac30734ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525f5eec7bce4dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbd535996aa4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf688a03ee3e44d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktivHandeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>174,562</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,310</x:t>
-[...404 lines deleted...]
-          <x:t>173,082</x:t>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>