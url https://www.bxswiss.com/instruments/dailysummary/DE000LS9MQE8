--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eebed82bf5747c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29b6868c04d47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a2d11a4aa6432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f03936e56ce4346"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b983627a5c7410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a2d11a4aa6432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a8bc48016e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f03936e56ce4346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>514,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>