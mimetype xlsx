--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29b6868c04d47d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d22a18a3bb34645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f03936e56ce4346"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abb7afc47be4191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a8bc48016e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f03936e56ce4346" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8d18c45614646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abb7afc47be4191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>525,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>