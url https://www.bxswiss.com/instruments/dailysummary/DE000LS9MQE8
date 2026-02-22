--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d22a18a3bb34645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad179be0b264577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abb7afc47be4191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a837778e884cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8d18c45614646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abb7afc47be4191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9812d3c306db4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a837778e884cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>542,377</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>