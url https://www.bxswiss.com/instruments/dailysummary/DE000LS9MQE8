--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad179be0b264577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3924489c68fc4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a837778e884cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93f9a8e4e8b842b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9812d3c306db4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a837778e884cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2668b11c03740c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93f9a8e4e8b842b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,482</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>