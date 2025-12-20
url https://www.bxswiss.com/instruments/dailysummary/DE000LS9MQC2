--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc19b2030974234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab47bc0c4ff54ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65de2fc9cef94cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd848c7eecec64a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673c06619c084a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65de2fc9cef94cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0cf0f3fc2744fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd848c7eecec64a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin &amp; Blockchain Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,145</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>