--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab47bc0c4ff54ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29f8b17a34b4d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd848c7eecec64a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094a4afd0e0e4133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0cf0f3fc2744fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd848c7eecec64a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc6c91fadc6c43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094a4afd0e0e4133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin &amp; Blockchain Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>