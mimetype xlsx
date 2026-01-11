--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29f8b17a34b4d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd91104c36d4159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094a4afd0e0e4133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d4d605c62d843ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc6c91fadc6c43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094a4afd0e0e4133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c491324eae48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d4d605c62d843ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin &amp; Blockchain Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,069</x:t>
-[...576 lines deleted...]
-          <x:t>57,409</x:t>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>