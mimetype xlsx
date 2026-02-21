--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd91104c36d4159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a785c8d7784c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d4d605c62d843ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f236760158460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c491324eae48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d4d605c62d843ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3fb0cc51444035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f236760158460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin &amp; Blockchain Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>59,237</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>