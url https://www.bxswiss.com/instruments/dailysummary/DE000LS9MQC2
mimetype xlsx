--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a785c8d7784c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a71a0226e264c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f236760158460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2209c8f1034781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3fb0cc51444035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f236760158460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abe2d5109a84b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2209c8f1034781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin &amp; Blockchain Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>49,102</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,931</x:t>
-[...382 lines deleted...]
-          <x:t>44,092</x:t>
+          <x:t>48,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>