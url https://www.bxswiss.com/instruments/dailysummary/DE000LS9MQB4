--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d002d3830b144c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18cc6a36c725488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R445f327a050949c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2ab2b9ea794a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f418b6f9a924676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R445f327a050949c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf802b5f4058d44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2ab2b9ea794a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>83,680</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>83,707</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>