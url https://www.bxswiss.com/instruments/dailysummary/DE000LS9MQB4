--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18cc6a36c725488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43901a50eed542c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2ab2b9ea794a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94bff9d0ee58439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf802b5f4058d44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2ab2b9ea794a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R173c73c655db4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94bff9d0ee58439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,262</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>83,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>