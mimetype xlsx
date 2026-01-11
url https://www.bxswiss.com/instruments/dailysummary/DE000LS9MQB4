--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43901a50eed542c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R891ce8e319484470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94bff9d0ee58439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6089ccb76f4075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R173c73c655db4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94bff9d0ee58439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R481eff256d1a4d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6089ccb76f4075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>79,639</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>80,264</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>