--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R891ce8e319484470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839fe3c4187e4490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6089ccb76f4075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f4270cbda747ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R481eff256d1a4d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6089ccb76f4075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85a5c8c4c034a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f4270cbda747ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>78,966</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>