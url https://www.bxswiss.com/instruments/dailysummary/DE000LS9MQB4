--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839fe3c4187e4490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f05d984aee4afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f4270cbda747ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0adfa64eafef4bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85a5c8c4c034a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f4270cbda747ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6566af2b79f2438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0adfa64eafef4bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe Diem Überverkaufte Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>76,626</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>73,854</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>77,446</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,121</x:t>
-[...53 lines deleted...]
-          <x:t>77,521</x:t>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>