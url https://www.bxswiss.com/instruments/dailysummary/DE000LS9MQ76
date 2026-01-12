--- v0 (2025-10-25)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7e0565a77c4c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492fa1b941204395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e35872cbf414563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62fec7425ae4e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee5f31c985046b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e35872cbf414563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24152b49fa2344ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62fec7425ae4e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,565</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>