--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492fa1b941204395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6849e11472c24a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62fec7425ae4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4f57253bfb41d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24152b49fa2344ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62fec7425ae4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra650ce27de5f44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4f57253bfb41d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,006</x:t>
-[...225 lines deleted...]
-          <x:t>97,097</x:t>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>