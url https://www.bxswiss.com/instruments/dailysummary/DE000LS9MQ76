--- v2 (2026-02-21)
+++ v3 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6849e11472c24a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb195943886f4897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4f57253bfb41d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91bfe4d932f46ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra650ce27de5f44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4f57253bfb41d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b36da89e794d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91bfe4d932f46ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>