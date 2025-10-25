--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419cd4ec5c5943d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5602a94f1a2c400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311c0174b2d846de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c74366e21884279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1405444a6ad8444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311c0174b2d846de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf88fe0b57ea4f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c74366e21884279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>