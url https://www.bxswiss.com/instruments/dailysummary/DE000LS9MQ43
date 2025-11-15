--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5602a94f1a2c400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8987f61aec4c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c74366e21884279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc42bdf934e84fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf88fe0b57ea4f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c74366e21884279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra579de3cf61e4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc42bdf934e84fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>