--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8987f61aec4c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ad0daa9ec94924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc42bdf934e84fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b11f9403fb4684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra579de3cf61e4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc42bdf934e84fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f3d85171cf413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b11f9403fb4684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>346,992</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,616</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>348,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>