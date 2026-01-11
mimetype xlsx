--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ad0daa9ec94924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b0b65a39d94ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b11f9403fb4684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bca7987a8b74720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f3d85171cf413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b11f9403fb4684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf66cb6916a5c4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bca7987a8b74720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>