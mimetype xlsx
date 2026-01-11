--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b0b65a39d94ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12bc7eac36324075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bca7987a8b74720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e26641626294b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf66cb6916a5c4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bca7987a8b74720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723a075b58a24ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e26641626294b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>