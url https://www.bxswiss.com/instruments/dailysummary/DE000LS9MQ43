--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12bc7eac36324075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81c80df62a9c4336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e26641626294b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57e6b87ca5a4480"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723a075b58a24ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e26641626294b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db0a07caacb4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57e6b87ca5a4480" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>362,209</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>