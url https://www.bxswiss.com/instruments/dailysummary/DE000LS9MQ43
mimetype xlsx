--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81c80df62a9c4336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37734f6374c5485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57e6b87ca5a4480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc44d1058e84d7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db0a07caacb4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57e6b87ca5a4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31dcc3d336f4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc44d1058e84d7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MQ43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>