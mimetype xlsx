--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ac45f8450a457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36efd3748ef6451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5023f2475fa141ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfaafe16cf92429e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662bdb291c3948b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5023f2475fa141ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2da876ba57439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfaafe16cf92429e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sahnehäubchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,491</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>