--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36efd3748ef6451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa78d2ea720743b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfaafe16cf92429e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18720ce6e51429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2da876ba57439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfaafe16cf92429e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31594f2914214d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18720ce6e51429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sahnehäubchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>143,727</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,611</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,188</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>