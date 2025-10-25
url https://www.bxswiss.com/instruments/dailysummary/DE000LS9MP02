--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85e42405e73478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b104ecc58984266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd35cb05f5847f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e30194bca44d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95cd21971e60468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd35cb05f5847f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff30130a0a74734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e30194bca44d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>