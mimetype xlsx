--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b104ecc58984266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c46c9694f9421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e30194bca44d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb1eaf8a4744d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff30130a0a74734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e30194bca44d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c75873cbab4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb1eaf8a4744d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,879</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>