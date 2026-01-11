--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c46c9694f9421d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6eb3e3a639f4d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb1eaf8a4744d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d8c54a49aa485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c75873cbab4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb1eaf8a4744d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd221956a391e4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d8c54a49aa485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>