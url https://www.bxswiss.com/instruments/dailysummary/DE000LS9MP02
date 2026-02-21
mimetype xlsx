--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6eb3e3a639f4d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1cf657e0a94e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d8c54a49aa485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c55bb0ac0fa4d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd221956a391e4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d8c54a49aa485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf895caa5b1e4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c55bb0ac0fa4d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,047</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>