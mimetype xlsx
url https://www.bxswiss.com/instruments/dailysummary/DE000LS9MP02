--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1cf657e0a94e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87865d1f87a34639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c55bb0ac0fa4d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ad86933b104db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf895caa5b1e4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c55bb0ac0fa4d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9350c9349344e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ad86933b104db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Macroregion Alpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>126,010</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>