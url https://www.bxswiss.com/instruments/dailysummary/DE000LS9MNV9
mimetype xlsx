--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1581151982f440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731df01232694d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf3e7c57055483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0df68788e0744b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f1c033351f4353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf3e7c57055483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36be8587833b448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0df68788e0744b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>183,289</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,888</x:t>
-[...247 lines deleted...]
-          <x:t>183,363</x:t>
+          <x:t>184,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>