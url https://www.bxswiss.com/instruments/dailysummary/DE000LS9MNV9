--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731df01232694d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69df8e873e0d40a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0df68788e0744b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e63d52112844a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36be8587833b448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0df68788e0744b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8413f2aced49477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e63d52112844a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,714</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>