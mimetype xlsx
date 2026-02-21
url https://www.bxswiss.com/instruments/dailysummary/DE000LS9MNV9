--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69df8e873e0d40a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeaaea185ce9422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e63d52112844a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1b45bbf9144f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8413f2aced49477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e63d52112844a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5b9db30e054c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1b45bbf9144f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,635</x:t>
-[...9 lines deleted...]
-          <x:t>194,354</x:t>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>