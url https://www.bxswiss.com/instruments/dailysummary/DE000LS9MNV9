--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeaaea185ce9422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf159745727084b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1b45bbf9144f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5083ccb8aa44087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5b9db30e054c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1b45bbf9144f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7253852a36c427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5083ccb8aa44087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>