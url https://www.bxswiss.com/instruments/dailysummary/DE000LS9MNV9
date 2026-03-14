--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf159745727084b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radbd006d90494107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5083ccb8aa44087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510369e1eb5b4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7253852a36c427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5083ccb8aa44087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d30150e0ca4aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510369e1eb5b4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth &amp; Profit Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,818</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>