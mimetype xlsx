--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163c4ee9b8284e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c139f8ab6b1462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6adcf6361f84ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae1f807b99245ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe7577a612f44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6adcf6361f84ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265bfed6ee4442fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae1f807b99245ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-BF-Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>