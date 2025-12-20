--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c139f8ab6b1462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2e809928a749c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae1f807b99245ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92380b66868f4842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265bfed6ee4442fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae1f807b99245ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaa2473d9454e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92380b66868f4842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-BF-Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,673</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>