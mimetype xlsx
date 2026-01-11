--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2e809928a749c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f8efc683524f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92380b66868f4842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e673e9d76c4b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaa2473d9454e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92380b66868f4842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198935b1147a46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e673e9d76c4b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-BF-Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>166,425</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,705</x:t>
-[...274 lines deleted...]
-          <x:t>160,509</x:t>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>