--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f8efc683524f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6919cc78a3b3485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e673e9d76c4b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80cfcd7870d43f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198935b1147a46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e673e9d76c4b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4ead43346d4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80cfcd7870d43f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-BF-Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,668</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>