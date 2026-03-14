--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6919cc78a3b3485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffcf74612e4947e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80cfcd7870d43f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fde5a03a00c46aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4ead43346d4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80cfcd7870d43f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c403e94737548f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fde5a03a00c46aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB-BF-Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>