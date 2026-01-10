--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95d854b43d842be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa343a6910414fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c68cdf69544fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4391b9ca65e9438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c66e4fd6b324410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c68cdf69544fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65884377da84489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4391b9ca65e9438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertegemeinschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>381,359</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>