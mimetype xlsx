--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa343a6910414fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc40ec1d87394578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4391b9ca65e9438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5783989268c94bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65884377da84489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4391b9ca65e9438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e38c216117d4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5783989268c94bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertegemeinschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>386,171</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>