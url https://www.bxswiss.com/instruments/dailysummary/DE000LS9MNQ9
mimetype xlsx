--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc40ec1d87394578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00021637474354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5783989268c94bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b92ccef34f54957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e38c216117d4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5783989268c94bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab70159217a4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b92ccef34f54957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertegemeinschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>