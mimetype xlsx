--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ead4c17fb284039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888db81fad0e432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c29779e9a543e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10131cf1a66342cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf658358c7bbf4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c29779e9a543e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2b82f4512645d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10131cf1a66342cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>