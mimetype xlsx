--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888db81fad0e432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3631579fa0884ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10131cf1a66342cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d25d694988438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2b82f4512645d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10131cf1a66342cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3378968014694002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d25d694988438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>438,331</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>