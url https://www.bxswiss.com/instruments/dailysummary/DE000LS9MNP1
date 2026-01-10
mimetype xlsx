--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3631579fa0884ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d6c3e808db45ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d25d694988438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e76d04f04004b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3378968014694002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d25d694988438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcce72f22ac496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e76d04f04004b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>