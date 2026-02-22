--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d6c3e808db45ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01a49b00f4e4898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e76d04f04004b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad31944a4e44c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcce72f22ac496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e76d04f04004b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26635b705adb4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad31944a4e44c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>436,145</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>