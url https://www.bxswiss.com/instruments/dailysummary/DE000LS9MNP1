--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01a49b00f4e4898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e27717a93d14ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad31944a4e44c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e38409b50424a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26635b705adb4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad31944a4e44c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf18bdb4555c4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e38409b50424a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>