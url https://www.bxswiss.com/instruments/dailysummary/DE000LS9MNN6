--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e74f2488a5c4ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cd41791f804ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84fc47375d21440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621d8e86563a40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21eef6a661fe490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84fc47375d21440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a2b57ea00742f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621d8e86563a40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Web 2.0 Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,495</x:t>
-[...522 lines deleted...]
-          <x:t>169,758</x:t>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>