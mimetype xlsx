--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cd41791f804ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f84baa478b4685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621d8e86563a40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6cca05f6054cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a2b57ea00742f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621d8e86563a40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2234771d77e4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6cca05f6054cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Web 2.0 Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,194</x:t>
-[...522 lines deleted...]
-          <x:t>179,958</x:t>
+          <x:t>171,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>