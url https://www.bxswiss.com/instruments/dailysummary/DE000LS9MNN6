--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f84baa478b4685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9bde05b25242ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6cca05f6054cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e521db239104302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2234771d77e4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6cca05f6054cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944d348caf374e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e521db239104302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Web 2.0 Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>172,647</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>