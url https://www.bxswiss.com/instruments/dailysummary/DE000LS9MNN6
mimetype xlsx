--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9bde05b25242ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e5acdcf811a4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e521db239104302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9218c2519f284f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944d348caf374e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e521db239104302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d36dbbd4fb84656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9218c2519f284f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Web 2.0 Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>