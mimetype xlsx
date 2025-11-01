--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d5550b7fd1541b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c6ac49b9841f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fef8c2ea03f4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c01a01be3c84b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25f0b83159c4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fef8c2ea03f4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d603ae0acd42ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c01a01be3c84b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>