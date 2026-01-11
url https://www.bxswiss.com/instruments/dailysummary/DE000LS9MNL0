--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c6ac49b9841f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0330aed31a2e44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c01a01be3c84b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re478cb4f8f044495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d603ae0acd42ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c01a01be3c84b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcdd8f901b44569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re478cb4f8f044495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>471,181</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>