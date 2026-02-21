--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0330aed31a2e44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b3a6ba0f984a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re478cb4f8f044495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5594f7a0bb4ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcdd8f901b44569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re478cb4f8f044495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ed085591b141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5594f7a0bb4ce0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>446,158</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>