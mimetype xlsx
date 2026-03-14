--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b3a6ba0f984a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0aeeb4902446d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5594f7a0bb4ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02337f5f83f94c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ed085591b141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5594f7a0bb4ce0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca74744f9fc4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02337f5f83f94c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>