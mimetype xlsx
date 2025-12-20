--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402820d4187d4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801e5ce0fa194f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f736b9c9a84c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eaafe34823d4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439f27139da249fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f736b9c9a84c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a991821cc94209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eaafe34823d4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,136</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>