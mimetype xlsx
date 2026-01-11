--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801e5ce0fa194f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64ace80922746a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eaafe34823d4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef5cab56e494190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a991821cc94209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eaafe34823d4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7c7dd9eff064317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef5cab56e494190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>103,097</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,618</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>