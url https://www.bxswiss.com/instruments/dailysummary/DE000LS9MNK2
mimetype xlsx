--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64ace80922746a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c30b810ad4423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef5cab56e494190"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6880b3487e4513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7c7dd9eff064317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef5cab56e494190" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ab5ea76e244f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6880b3487e4513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...399 lines deleted...]
-          <x:t>109,321</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>109,591</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>