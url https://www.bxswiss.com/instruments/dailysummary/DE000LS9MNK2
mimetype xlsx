--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c30b810ad4423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2780348725c743ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6880b3487e4513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5190f880ea874e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ab5ea76e244f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6880b3487e4513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62cec0a801b47e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5190f880ea874e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wikouniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>111,351</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,150</x:t>
-[...566 lines deleted...]
-          <x:t>110,903</x:t>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>