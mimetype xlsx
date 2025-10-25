--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72a85274120424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017ada72616b4cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167036a486cd4197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d437925b3584b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e207f7254854ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167036a486cd4197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b5545c38c54d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d437925b3584b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Gelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>64,482</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,242</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>64,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,851</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>