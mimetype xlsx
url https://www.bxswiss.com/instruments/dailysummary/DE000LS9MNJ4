--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017ada72616b4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1576fea9f06846c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d437925b3584b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275c9c28b5ba4187"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b5545c38c54d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d437925b3584b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ad58faa82e4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275c9c28b5ba4187" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Gelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>64,724</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,104</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>65,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>