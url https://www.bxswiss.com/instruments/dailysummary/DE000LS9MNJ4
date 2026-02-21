--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1576fea9f06846c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eecd7df300c4ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275c9c28b5ba4187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9341e62d95743ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ad58faa82e4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275c9c28b5ba4187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98db8c5203f43e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9341e62d95743ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Gelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>66,609</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>