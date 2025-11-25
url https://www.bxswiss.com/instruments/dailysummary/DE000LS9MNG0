--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533bda2e3503475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777bed11307440b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e305d4b4b94393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f1d12c0c34557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823699159fa44e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e305d4b4b94393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24efb6d0ad04df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f1d12c0c34557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktienTipp Cannabis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,579 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...439 lines deleted...]
-          <x:t>4,428</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>