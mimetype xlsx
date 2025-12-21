--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777bed11307440b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4b84f5e8a249c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f1d12c0c34557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c808fb8aede4c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24efb6d0ad04df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f1d12c0c34557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c4fce9b75040cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c808fb8aede4c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktienTipp Cannabis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,523 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...471 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -697,31 +224,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>