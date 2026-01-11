--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4b84f5e8a249c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a41d01529204c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c808fb8aede4c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd335cb72fd461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c4fce9b75040cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c808fb8aede4c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8911521765347ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd335cb72fd461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktienTipp Cannabis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,020</x:t>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>