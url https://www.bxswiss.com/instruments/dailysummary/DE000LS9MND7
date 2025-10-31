--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4542ca90272469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b1a15e728947b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e35455f33b4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a83cab6f3349d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R410d379881c64c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e35455f33b4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dcacc7d1dd4442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a83cab6f3349d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>