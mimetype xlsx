--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b1a15e728947b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff4d08af61848f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a83cab6f3349d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02912da634a241ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dcacc7d1dd4442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a83cab6f3349d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb325a9b19734249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02912da634a241ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>168,074</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,376</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,050</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>