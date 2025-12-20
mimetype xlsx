--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff4d08af61848f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ead58211cc41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02912da634a241ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a827e29bdd246e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb325a9b19734249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02912da634a241ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede171cac0a445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a827e29bdd246e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>