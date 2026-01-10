--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ead58211cc41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeab309a06744a44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a827e29bdd246e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c3bdb1870f494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede171cac0a445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a827e29bdd246e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af12f893d1b4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c3bdb1870f494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>