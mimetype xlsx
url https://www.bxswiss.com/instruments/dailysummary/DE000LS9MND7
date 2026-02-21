--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeab309a06744a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e11afe5d754fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c3bdb1870f494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41017b5c8e7e41d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af12f893d1b4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c3bdb1870f494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb279ed105a244e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41017b5c8e7e41d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>185,485</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>