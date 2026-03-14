--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e11afe5d754fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb703a72381bc4c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41017b5c8e7e41d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d8eefbdeaa4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb279ed105a244e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41017b5c8e7e41d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034fc2d97d4c4b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d8eefbdeaa4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MND7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>185,728</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,321</x:t>
-[...566 lines deleted...]
-          <x:t>191,010</x:t>
+          <x:t>183,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>