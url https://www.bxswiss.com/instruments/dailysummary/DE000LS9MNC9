--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325e99df3739445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11061110da434ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red96f467635648c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3841919f1b9c43fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac22eec385444baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red96f467635648c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddd699edccc45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3841919f1b9c43fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>