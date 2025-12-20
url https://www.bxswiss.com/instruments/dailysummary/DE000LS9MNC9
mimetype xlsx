--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11061110da434ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7f32120c7e40d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3841919f1b9c43fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24804fcd31a49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddd699edccc45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3841919f1b9c43fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f09231b78241e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24804fcd31a49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>477,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>479,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>