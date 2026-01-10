--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7f32120c7e40d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8373f335bbc749a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24804fcd31a49ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b4c35f321a49d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f09231b78241e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24804fcd31a49ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06500349e36f4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b4c35f321a49d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>