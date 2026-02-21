--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8373f335bbc749a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb45c5c753140fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b4c35f321a49d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a35c5c987946b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06500349e36f4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b4c35f321a49d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9e572addc844d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a35c5c987946b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>479,901</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>