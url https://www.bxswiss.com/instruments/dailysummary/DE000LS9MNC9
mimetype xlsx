--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb45c5c753140fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f3c13f2f30400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a35c5c987946b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221b8f1286104259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9e572addc844d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a35c5c987946b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d5dfdeef0e4c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221b8f1286104259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firestarter Electromobility 2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>