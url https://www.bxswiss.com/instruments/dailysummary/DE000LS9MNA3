--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f0341a64eb4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c247e19335f461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1895bb919c6040d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b349b568069434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9fac6d25db4307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1895bb919c6040d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d678a223b04961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b349b568069434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>