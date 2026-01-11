--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c247e19335f461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b88e7fe724310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b349b568069434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29534a041c61451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d678a223b04961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b349b568069434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab1b96cadd54d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29534a041c61451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>261,543</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,098</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>255,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>