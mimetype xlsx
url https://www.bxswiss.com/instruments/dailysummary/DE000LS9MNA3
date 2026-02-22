--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b88e7fe724310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b1d5b9aedd49fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29534a041c61451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723b0602944f482c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab1b96cadd54d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29534a041c61451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8206101758564b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723b0602944f482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>265,227</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>