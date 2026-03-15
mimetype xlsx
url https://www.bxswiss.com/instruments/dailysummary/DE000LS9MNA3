--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b1d5b9aedd49fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff81e803f3584b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723b0602944f482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bac517388c640e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8206101758564b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723b0602944f482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a628b61654a4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bac517388c640e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUTO der ZUKUNFT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MNA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>