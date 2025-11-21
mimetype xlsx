--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b6af21c1144e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb700d7d674b485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69672a9f18f54184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc79aac04ac47a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f874135c864539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69672a9f18f54184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3947ed9f4e8476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc79aac04ac47a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,602</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>