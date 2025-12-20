--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb700d7d674b485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53920dec89f64311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc79aac04ac47a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565adb30c8ee47e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3947ed9f4e8476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc79aac04ac47a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3caefd29d449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565adb30c8ee47e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>