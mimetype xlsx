--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53920dec89f64311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bf7276afbb42b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565adb30c8ee47e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239fb40a0ecd404a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3caefd29d449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565adb30c8ee47e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64578e747c5f4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239fb40a0ecd404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>