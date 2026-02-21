--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bf7276afbb42b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e19b14a716423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239fb40a0ecd404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f59900e096e41ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64578e747c5f4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239fb40a0ecd404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce326a3ff71e42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f59900e096e41ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,414</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>