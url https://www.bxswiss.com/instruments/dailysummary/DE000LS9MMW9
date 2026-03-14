--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e19b14a716423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcafed296c25498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f59900e096e41ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeedbfe1a95644fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce326a3ff71e42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f59900e096e41ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39849ad9cab6463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeedbfe1a95644fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brochecked13</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>