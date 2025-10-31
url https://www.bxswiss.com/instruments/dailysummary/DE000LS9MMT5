--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9eae5819ae452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70cf44b8f65d47f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4c7717064340ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073e9c486aec48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9dc7525d124898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4c7717064340ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7bb04b5f1514215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073e9c486aec48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>162,032</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,345</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>161,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>