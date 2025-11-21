--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70cf44b8f65d47f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0591701960942bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073e9c486aec48ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5dddae1c5e54d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7bb04b5f1514215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073e9c486aec48ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed5d762e8784a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5dddae1c5e54d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>