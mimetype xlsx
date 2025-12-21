--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0591701960942bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3499e20ac4494942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5dddae1c5e54d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f1dee2e7084934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed5d762e8784a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5dddae1c5e54d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c05530176749fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f1dee2e7084934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>161,785</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>161,881</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>