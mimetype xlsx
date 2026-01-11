--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3499e20ac4494942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa7aa09296e488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f1dee2e7084934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d818b9d6dcc41e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c05530176749fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f1dee2e7084934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf72512d0b594c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d818b9d6dcc41e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>162,893</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,654</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>161,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,714</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>