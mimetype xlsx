--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa7aa09296e488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3d02679ff342e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d818b9d6dcc41e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d54dc9483c74005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf72512d0b594c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d818b9d6dcc41e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bade955861d4da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d54dc9483c74005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,513</x:t>
-[...117 lines deleted...]
-          <x:t>165,679</x:t>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>