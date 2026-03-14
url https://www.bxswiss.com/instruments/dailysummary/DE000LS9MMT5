--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3d02679ff342e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3946e9af372b425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d54dc9483c74005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1bd5eb681d4018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bade955861d4da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d54dc9483c74005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree20e6ebfaf94b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1bd5eb681d4018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Slow Hand Swiss Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>164,756</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,587</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>164,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>