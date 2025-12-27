--- v0 (2025-10-29)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d9687b38254ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d163f0503eb4a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a34757f53db4fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R024f8185a2594294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1892a801397d419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a34757f53db4fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re224e935ffe14612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R024f8185a2594294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Party!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>213,690</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>