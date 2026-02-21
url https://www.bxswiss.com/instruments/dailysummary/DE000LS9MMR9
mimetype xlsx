--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d163f0503eb4a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219344b15345411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R024f8185a2594294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88eac13a5ee4c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re224e935ffe14612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R024f8185a2594294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30daf63eb884d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88eac13a5ee4c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Party!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>198,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>