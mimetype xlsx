--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219344b15345411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030404ff410c4c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88eac13a5ee4c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8fa0f059e2e415e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30daf63eb884d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88eac13a5ee4c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc006f28e3e4b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8fa0f059e2e415e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Party!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>