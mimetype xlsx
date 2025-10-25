--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c7258f33484b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63296087a4c84ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16310e24985c4866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05029edb8fd345ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf858c2a36c40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16310e24985c4866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb93a011404f4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05029edb8fd345ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainableGrowthStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MML2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>