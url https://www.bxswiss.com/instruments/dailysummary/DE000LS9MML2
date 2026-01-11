--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63296087a4c84ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efea4e225ed4f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05029edb8fd345ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R755b1a0a0cb7460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb93a011404f4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05029edb8fd345ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084b76ce7f914e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R755b1a0a0cb7460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainableGrowthStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MML2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>256,398</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>