--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1920dd5b8db24008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811063a5111645c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584ec1d4f1744eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0288c52c864c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199b9d07259042cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584ec1d4f1744eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade62f3b40c442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0288c52c864c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>