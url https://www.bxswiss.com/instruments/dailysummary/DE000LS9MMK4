--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811063a5111645c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc03832e18cd0426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0288c52c864c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2002784563439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade62f3b40c442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0288c52c864c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34947cf87cb6417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2002784563439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>235,235</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>213,914</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>