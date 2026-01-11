--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc03832e18cd0426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9555656d844f4173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2002784563439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fddd1e7b7e64d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34947cf87cb6417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2002784563439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd17eb30a79419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fddd1e7b7e64d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,327</x:t>
@@ -791,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>