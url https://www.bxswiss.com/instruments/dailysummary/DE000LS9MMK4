--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9555656d844f4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4954f0b19364033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fddd1e7b7e64d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69bfd2d042344bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd17eb30a79419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fddd1e7b7e64d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a18ec7a87e84b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69bfd2d042344bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">