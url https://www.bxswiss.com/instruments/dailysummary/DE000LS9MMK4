--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4954f0b19364033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03badb4cbb764e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69bfd2d042344bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ae096eed9b487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a18ec7a87e84b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69bfd2d042344bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d800bae5269498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ae096eed9b487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leitwolf Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,397 +149,506 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...364 lines deleted...]
-          <x:t>248,249</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>