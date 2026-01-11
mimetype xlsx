--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c3cd3b7f664ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41e55d8d22154672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf713e037c5794886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f1f4cee6d64f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e1511bbf21429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf713e037c5794886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31016915c319470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f1f4cee6d64f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Fussball Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>89,864</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>