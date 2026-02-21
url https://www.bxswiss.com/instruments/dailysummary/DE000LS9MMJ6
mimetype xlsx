--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41e55d8d22154672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ff44bea10c4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f1f4cee6d64f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549a3308b0954b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31016915c319470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f1f4cee6d64f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02b2fe9a27c475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549a3308b0954b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Fussball Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>86,796</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,254</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>88,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>